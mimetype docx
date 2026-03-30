--- v0 (2025-10-05)
+++ v1 (2026-03-30)
@@ -1,231 +1,235 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1E9CFE52" w14:textId="77777777" w:rsidR="00A4016E" w:rsidRPr="00311620" w:rsidRDefault="00A4016E" w:rsidP="00144FDF">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:sectPr w:rsidR="00A4016E" w:rsidRPr="00311620" w:rsidSect="001D039B">
           <w:headerReference w:type="even" r:id="rId11"/>
-          <w:footerReference w:type="default" r:id="rId12"/>
-[...1 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId14"/>
+          <w:headerReference w:type="default" r:id="rId12"/>
+          <w:footerReference w:type="even" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:headerReference w:type="first" r:id="rId15"/>
+          <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="11904" w:h="16834" w:code="9"/>
           <w:pgMar w:top="-2127" w:right="1131" w:bottom="1440" w:left="1440" w:header="1154" w:footer="567" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07D54D29" w14:textId="502A43EF" w:rsidR="000726F9" w:rsidRDefault="00FC7F48" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="567" w:hanging="567"/>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="32"/>
         </w:rPr>
         <w:t>Special Skills Placement Application – Category A or T</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30E0259F" w14:textId="14C82098" w:rsidR="00FC7F48" w:rsidRDefault="00FC7F48" w:rsidP="00BC05F0">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Before you begin:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27818937" w14:textId="77777777" w:rsidR="00FC7F48" w:rsidRPr="003C6D28" w:rsidRDefault="00FC7F48" w:rsidP="00FC7F48">
+    <w:p w14:paraId="27818937" w14:textId="77777777" w:rsidR="00FC7F48" w:rsidRPr="00AC66C0" w:rsidRDefault="00FC7F48" w:rsidP="00FC7F48">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D28">
         <w:t xml:space="preserve">Read the AC638 SSP Accreditation Policy outlined in AC808 TS4 Accreditation Requirements and </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">AC95 SSP Accreditation Process Guide </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t>to familiarise yourself with the accreditation process.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E701741" w14:textId="5E36E079" w:rsidR="00FC7F48" w:rsidRPr="003C6D28" w:rsidRDefault="00FC7F48" w:rsidP="00FC7F48">
+    <w:p w14:paraId="0C16F00A" w14:textId="77777777" w:rsidR="008A78B8" w:rsidRDefault="00FC7F48" w:rsidP="008A78B8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003C6D28">
         <w:t>Read the relevant guideline</w:t>
       </w:r>
       <w:r w:rsidR="00975354">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t xml:space="preserve"> for the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15">
+      <w:hyperlink r:id="rId17">
         <w:r w:rsidRPr="003C6D28">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:color w:val="auto"/>
             <w:u w:val="none"/>
           </w:rPr>
           <w:t>Special skills placement</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00975354">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:color w:val="auto"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t xml:space="preserve"> which can be found on ACEM’s website so that you can ensure that this application addresses in detail all criteria within the Special skills placement guideline.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B73E78F" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="003C6D28" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
+    <w:p w14:paraId="04E52DDE" w14:textId="79960A52" w:rsidR="00311620" w:rsidRPr="008A78B8" w:rsidRDefault="003C6D28" w:rsidP="008A78B8">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="36"/>
+        </w:numPr>
+        <w:ind w:left="567"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Note: Category T applications must be fully </w:t>
+        <w:t xml:space="preserve">Category T applications must be fully </w:t>
       </w:r>
       <w:r w:rsidR="007E146B">
         <w:t>completed</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> and submitted with supporting documents at least eight weeks prior to </w:t>
       </w:r>
       <w:r w:rsidR="00975354">
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r>
         <w:t>commencement of the term.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00121D43" w14:textId="51F935E2" w:rsidR="003C6D28" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="207"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="744BC2AD" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
+    <w:p w14:paraId="744BC2AD" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="008A78B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="567"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
+        <w:spacing w:before="0"/>
       </w:pPr>
       <w:r w:rsidRPr="008B56B7">
         <w:t>S</w:t>
       </w:r>
       <w:r>
         <w:t>pecial Skills Placements</w:t>
       </w:r>
       <w:r w:rsidRPr="008B56B7">
         <w:t xml:space="preserve"> (SSP)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -263,219 +267,298 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4920E043" w14:textId="18DA65AB" w:rsidR="00115138" w:rsidRDefault="00087125" w:rsidP="000A23EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="141"/>
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00087125">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5019" w:type="pct"/>
-        <w:tblInd w:w="426" w:type="dxa"/>
+        <w:tblInd w:w="357" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2975"/>
         <w:gridCol w:w="6698"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00115138" w:rsidRPr="008B56B7" w14:paraId="65818AF2" w14:textId="77777777" w:rsidTr="00216306">
+      <w:tr w:rsidR="00115138" w:rsidRPr="008B56B7" w14:paraId="65818AF2" w14:textId="77777777" w:rsidTr="00DB7E89">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D484CA6" w14:textId="5CD84383" w:rsidR="00115138" w:rsidRPr="008B56B7" w:rsidRDefault="00115138" w:rsidP="00115138">
             <w:r>
               <w:t xml:space="preserve">Is this placement </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t>accredit</w:t>
             </w:r>
             <w:r>
               <w:t>ed by</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve"> a</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">nother </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t>Medical College?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3462" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="29B13BC5" w14:textId="6AE7C4DF" w:rsidR="00115138" w:rsidRPr="008B56B7" w:rsidRDefault="00115138" w:rsidP="00A07F56">
+          <w:p w14:paraId="29B13BC5" w14:textId="71B9E45C" w:rsidR="00115138" w:rsidRPr="008B56B7" w:rsidRDefault="00115138" w:rsidP="00A07F56">
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve"> Yes, please provide the Medical College name</w:t>
             </w:r>
             <w:r w:rsidR="0092114A">
-              <w:t xml:space="preserve"> and accreditation </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> and accreditation type</w:t>
+            </w:r>
+            <w:r w:rsidR="00286DDB" w:rsidRPr="00AD6ABC">
+              <w:t>*</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="0F4EC8A4" w14:textId="77777777" w:rsidR="00115138" w:rsidRPr="008B56B7" w:rsidRDefault="00115138" w:rsidP="00A07F56"/>
           <w:p w14:paraId="5C73E769" w14:textId="77777777" w:rsidR="00115138" w:rsidRPr="008B56B7" w:rsidRDefault="00115138" w:rsidP="00A07F56"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="195E73CC" w14:textId="0A00509A" w:rsidR="002432EF" w:rsidRPr="00087125" w:rsidRDefault="00087125" w:rsidP="000A23EF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="141"/>
       </w:pPr>
       <w:r w:rsidRPr="00087125">
         <w:rPr>
           <w:u w:val="dotted"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidRPr="00087125">
         <w:t xml:space="preserve">                                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59C6C10D" w14:textId="77777777" w:rsidR="002432EF" w:rsidRPr="008B56B7" w:rsidRDefault="002432EF" w:rsidP="003C6D28"/>
+    <w:p w14:paraId="59C6C10D" w14:textId="69F41D59" w:rsidR="002432EF" w:rsidRDefault="00286DDB" w:rsidP="009800C4">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD6ABC">
+        <w:t>`*</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7B3D" w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">If this placement is accredited by another </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6ABC" w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Specialist Medical </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7B3D" w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">College, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B029A6" w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">lease contact </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidR="00AD6ABC" w:rsidRPr="00AD6ABC">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>accreditation@acem.org.au</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to discuss if </w:t>
+      </w:r>
+      <w:r w:rsidR="009800C4" w:rsidRPr="00AD6ABC">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>this placement could be recognised without the submission of a Special Skills Placement Application</w:t>
+      </w:r>
+      <w:r w:rsidR="009800C4" w:rsidRPr="009800C4">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0001F446" w14:textId="77777777" w:rsidR="00AC66C0" w:rsidRPr="008B56B7" w:rsidRDefault="00AC66C0" w:rsidP="009800C4">
+      <w:pPr>
+        <w:ind w:left="567"/>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid1"/>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:tblInd w:w="355" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="8144"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="17714AC9" w14:textId="77777777" w:rsidTr="000E65D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="330" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2498CB27" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="681F5C1B" wp14:editId="161D6FFF">
                   <wp:extent cx="266700" cy="295275"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="2" name="Picture 2" descr="Description: Description: Paper Clip"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 12" descr="Description: Description: Paper Clip"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="295275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -510,169 +593,173 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4230" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="34BB7B2D" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
             <w:r w:rsidRPr="001C43F6">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">For new applications </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>- a cover letter</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve"> requesting accreditation for the SSP and confirming that the SSP is a funded position. The letter is to be signed by the CEO or equivalent.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="704EC7E6" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
+    <w:p w14:paraId="704EC7E6" w14:textId="0FDE10F7" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="008A78B8">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="567"/>
+          <w:tab w:val="num" w:pos="426"/>
+        </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="008B56B7">
         <w:t>H</w:t>
       </w:r>
       <w:r>
         <w:t>ospital</w:t>
       </w:r>
       <w:r w:rsidRPr="008B56B7">
-        <w:t>/ S</w:t>
+        <w:t>/S</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">ervice </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t>Information</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="5019" w:type="pct"/>
-        <w:tblInd w:w="426" w:type="dxa"/>
+        <w:tblInd w:w="357" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3210"/>
         <w:gridCol w:w="915"/>
         <w:gridCol w:w="2294"/>
         <w:gridCol w:w="793"/>
         <w:gridCol w:w="2461"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="39F91DE1" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="39F91DE1" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5000E6A9" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Name of Hospital/Service:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="4D9DCE1D" w14:textId="380003B3" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="20434FAC" w14:textId="77777777" w:rsidTr="00016C0E">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="20434FAC" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="24FC176F" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Postal Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="761BB6DE" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="705CAFD6" w14:textId="77777777" w:rsidTr="00016C0E">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="705CAFD6" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="5154380C" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Street Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="26F717E7" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="1B257537" w14:textId="77777777" w:rsidTr="00016C0E">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="1B257537" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="2ED2AA6A" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Contact Numbers:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="473" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="62E08025" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Phone:</w:t>
             </w:r>
           </w:p>
@@ -689,51 +776,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0D606322" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Fax:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="45C7C034" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="534DF07D" w14:textId="77777777" w:rsidTr="00016C0E">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="534DF07D" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="454"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
           </w:tcPr>
           <w:p w14:paraId="070E8F28" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Rurality Classification</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="473" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5496B2A5" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>RA:</w:t>
             </w:r>
           </w:p>
@@ -750,51 +837,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="410" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="047BDD8C" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>MMM:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1272" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1EEF098C" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="29C279C2" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="29C279C2" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="700FC0D3" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
@@ -802,51 +889,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="2765618E" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="775C44A6" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="4B7C2481" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="4B7C2481" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="24C5DF38" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
@@ -859,369 +946,362 @@
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>and/or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="6D46AD88" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="2F07D4FB" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="2F07D4FB" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74914A7E" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Director of Medical Services (DMS)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="04E3B79E" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="6F4EB451" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="6F4EB451" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5A827DF2" w14:textId="3338F39E" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:t>Correspondence to be direct</w:t>
             </w:r>
             <w:r w:rsidR="009342AC">
               <w:t>ed</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve"> to:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49382BBD" w14:textId="77777777" w:rsidR="0062557E" w:rsidRDefault="0062557E" w:rsidP="00A441A3">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="Check38"/>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">  CEO                      </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">  GM                      </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">  DMS</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1BEF152E" w14:textId="77777777" w:rsidR="009342AC" w:rsidRDefault="009342AC" w:rsidP="0082482E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5889"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B2681CE" w14:textId="324BAB15" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="0082482E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="567"/>
                 <w:tab w:val="left" w:pos="5889"/>
                 <w:tab w:val="right" w:leader="dot" w:pos="9072"/>
               </w:tabs>
             </w:pPr>
             <w:r>
               <w:t>Email:</w:t>
             </w:r>
             <w:r w:rsidR="0082482E">
               <w:tab/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00372578" w:rsidRPr="008B56B7" w14:paraId="4A00BCE5" w14:textId="77777777" w:rsidTr="00A441A3">
+      <w:tr w:rsidR="00372578" w:rsidRPr="008B56B7" w14:paraId="4A00BCE5" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="68A94E5C" w14:textId="77777777" w:rsidR="00372578" w:rsidRPr="008B56B7" w:rsidRDefault="00372578" w:rsidP="00A441A3">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="42301775" w14:textId="77777777" w:rsidR="00372578" w:rsidRPr="008B56B7" w:rsidRDefault="00372578" w:rsidP="00A441A3">
             <w:pPr>
               <w:spacing w:before="120"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="021D008A" w14:textId="77777777" w:rsidTr="007F0A59">
+      <w:tr w:rsidR="0062557E" w:rsidRPr="008B56B7" w14:paraId="021D008A" w14:textId="77777777" w:rsidTr="008A78B8">
         <w:trPr>
           <w:trHeight w:val="340"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1659" w:type="pct"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="262B52C8" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="007F0A59">
             <w:r w:rsidRPr="008B56B7">
               <w:lastRenderedPageBreak/>
               <w:t>Has this site ever had accreditation withdrawn from a Medical College?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3341" w:type="pct"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="67139BE5" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="007F0A59">
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check38"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
-              <w:t xml:space="preserve"> Yes, please provide the Medical College name, year and </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve"> Yes, please provide the Medical College name, year and reason</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="765086D7" w14:textId="77777777" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="007F0A59"/>
           <w:p w14:paraId="0A51E078" w14:textId="1205B6E9" w:rsidR="0062557E" w:rsidRPr="008B56B7" w:rsidRDefault="0062557E" w:rsidP="007F0A59"/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="38FCD905" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="008B56B7">
         <w:t xml:space="preserve">SSP </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t>Structure</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9342" w:type="dxa"/>
         <w:tblInd w:w="360" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -1269,308 +1349,252 @@
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A63BF98" w14:textId="40AD1FAF" w:rsidR="003C6D28" w:rsidRPr="00D868C7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check39"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="3" w:name="Check39"/>
             <w:r w:rsidRPr="00D868C7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidRPr="00D868C7">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">3 </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (1.0 FTE) </w:t>
+              <w:t xml:space="preserve">3 mths (1.0 FTE) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>(accredited as 3m SSP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FB9E81C" w14:textId="303CDB6F" w:rsidR="003C6D28" w:rsidRPr="00D868C7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check40"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="4" w:name="Check40"/>
             <w:r w:rsidRPr="00D868C7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="4"/>
             <w:r w:rsidRPr="00D868C7">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">6 </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 0.5 FTE) </w:t>
+              <w:t xml:space="preserve">6 mths 0.5 FTE) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>(accredited as 3m SSP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="37D9DB4F" w14:textId="77777777" w:rsidTr="00FE5020">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4979866F" w14:textId="4CA55C2F" w:rsidR="003C6D28" w:rsidRPr="00D868C7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="5" w:name="Check41"/>
             <w:r w:rsidRPr="00D868C7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="5"/>
             <w:r w:rsidRPr="00D868C7">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">6 </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (1.0 FTE) </w:t>
+              <w:t xml:space="preserve">6 mths (1.0 FTE) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>(accredited as 6m SSP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56272C43" w14:textId="4AB581AE" w:rsidR="003C6D28" w:rsidRPr="00D868C7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check42"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="6" w:name="Check42"/>
             <w:r w:rsidRPr="00D868C7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="6"/>
             <w:r w:rsidRPr="00D868C7">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
               </w:rPr>
-              <w:t xml:space="preserve">12 </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> (0.5 FTE) </w:t>
+              <w:t xml:space="preserve">12 mths (0.5 FTE) </w:t>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:rPr>
                 <w:rFonts w:cs="Calibri"/>
                 <w:i/>
               </w:rPr>
               <w:t>(accredited as 6m SSP)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="3C1C2F52" w14:textId="77777777" w:rsidTr="00FE5020">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3BBF3ECA" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="00D868C7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check41"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00D868C7">
               <w:t xml:space="preserve">  TS4 accreditation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4671" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D8A419" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -1734,78 +1758,78 @@
           <w:tcPr>
             <w:tcW w:w="2544" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="603B3D94" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check43"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="7" w:name="Check43"/>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="7"/>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">  Yes      </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check44"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="8" w:name="Check44"/>
             <w:r w:rsidRPr="008B56B7">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">  No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="483F2D94" w14:textId="77777777" w:rsidTr="005A4228">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6456" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="7A7E78EE" w14:textId="68873155" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
@@ -1843,51 +1867,51 @@
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3AC4573D" w14:textId="671704E5" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="FE360E"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">If </w:t>
             </w:r>
             <w:r w:rsidR="0035496C" w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>no</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">, you must notify the College Accreditation Officers at </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="0035496C">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:color w:val="0000FF"/>
                 </w:rPr>
                 <w:t>accreditation@acem.org.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0035496C">
               <w:rPr>
                 <w:color w:val="0000FF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">once you have appointed an ACEM trainee(s). </w:t>
             </w:r>
             <w:r w:rsidRPr="001C43F6">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Failure to notify</w:t>
             </w:r>
             <w:r w:rsidRPr="001C43F6">
@@ -1957,51 +1981,50 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1627" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="49DC611E" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3820" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="26868D33" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="746" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="12E39414" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve">FTE:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3093" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3FB47FBC" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3"/>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="40BB9BC4" w14:textId="77777777" w:rsidTr="000E65D3">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
@@ -2198,51 +2221,51 @@
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="025E4A9B" wp14:editId="6682A4D5">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>93345</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>76200</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="266700" cy="295275"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Picture 4" descr="Description: Description: Paper Clip"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 12" descr="Description: Description: Paper Clip"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="295275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -2293,109 +2316,127 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">The supervisor’s current curriculum vitae (CV).  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44D7F547" w14:textId="1F8811DE" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
             <w:r w:rsidRPr="001C43F6">
               <w:rPr>
                 <w:b/>
                 <w:i/>
               </w:rPr>
               <w:t>Please note:</w:t>
             </w:r>
             <w:r w:rsidRPr="001C43F6">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Should there be a change of supervisor, the new Supervisor’s CV must be submitted to </w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="008B56B7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Calibri"/>
                   <w:i/>
                 </w:rPr>
                 <w:t>accreditation@acem.org.au</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> prior to the change.  The </w:t>
             </w:r>
             <w:r w:rsidRPr="00F36266">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">Accreditation </w:t>
             </w:r>
             <w:r w:rsidR="003D7706" w:rsidRPr="00F36266">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>C</w:t>
             </w:r>
             <w:r w:rsidRPr="00F36266">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>ommittee</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> will review the CV to ensure the new Supervisor has the relevant experience and skill appropriate to supervise ACEM trainees. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39A00805" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28"/>
-    <w:p w14:paraId="520FC80B" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
+    <w:p w14:paraId="14E6D574" w14:textId="77777777" w:rsidR="00A2090C" w:rsidRDefault="00A2090C" w:rsidP="00A2090C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B0AF91D" w14:textId="77777777" w:rsidR="00A2090C" w:rsidRDefault="00A2090C" w:rsidP="000E65D3">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="567"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="520FC80B" w14:textId="5DB81BAF" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="000E65D3">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="567"/>
+      </w:pPr>
       <w:r w:rsidRPr="008B56B7">
         <w:t>For Critical Care SSP Application only:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="427A4129" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4892" w:type="pct"/>
         <w:tblInd w:w="562" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3002"/>
         <w:gridCol w:w="2626"/>
         <w:gridCol w:w="3790"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="36C8A0F1" w14:textId="77777777" w:rsidTr="000E65D3">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="3"/>
@@ -2872,65 +2913,51 @@
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9276"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="257ECD8D" w14:textId="77777777" w:rsidTr="00FF6781">
         <w:trPr>
           <w:trHeight w:val="351"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9276" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5B45F2C1" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:r w:rsidRPr="008B56B7">
               <w:t>Describe the structure of the proposed placement, including the characteristics of the Hospital / Service / Department / Unit within which the SSP is undertaken.</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:br/>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
-              <w:t>(</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> general service description; staffing; caseload; casemix and acuity etc)</w:t>
+              <w:t>(eg. general service description; staffing; caseload; casemix and acuity etc)</w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="7FE53A43" w14:textId="77777777" w:rsidTr="00FF6781">
         <w:trPr>
           <w:trHeight w:val="465"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9276" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0CA0623B" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
@@ -2988,61 +3015,53 @@
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9286"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="681D093F" w14:textId="77777777" w:rsidTr="00972945">
         <w:trPr>
           <w:trHeight w:val="1567"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9286" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5E8025CF" w14:textId="3A98E6D2" w:rsidR="003C6D28" w:rsidRDefault="003C6D28" w:rsidP="00972945">
             <w:pPr>
               <w:ind w:left="31"/>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
-              <w:t xml:space="preserve">These should address all eight domains of the FACEM Training Program’s </w:t>
-[...9 lines deleted...]
-            <w:hyperlink r:id="rId19" w:history="1">
+              <w:t xml:space="preserve">These should address all eight domains of the FACEM Training Program’s Curriculum, and match the </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="008B56B7">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:cs="Calibri"/>
                   <w:sz w:val="22"/>
                 </w:rPr>
                 <w:t>non-ED ITA</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="008B56B7">
               <w:t xml:space="preserve"> which assesses the trainee at the end of the placement. All learning outcomes must be at the level of Training Stage 2 of the </w:t>
             </w:r>
             <w:r w:rsidR="00E163E4">
               <w:t xml:space="preserve">FACEM </w:t>
             </w:r>
             <w:r w:rsidRPr="008B56B7">
               <w:t>Curriculum as a minimum. Importantly, if it exists, please refer to the guideline for that Special skills placement in addressing specific additional learning outcomes.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7CB45821" w14:textId="77777777" w:rsidR="0050733F" w:rsidRPr="008B56B7" w:rsidRDefault="0050733F" w:rsidP="00972945">
             <w:pPr>
               <w:ind w:left="31"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2BE6F23B" w14:textId="3AA70BAF" w:rsidR="003C6D28" w:rsidRDefault="003C6D28" w:rsidP="00972945">
@@ -3462,138 +3481,157 @@
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="581E02CE" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="3CC1210F" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="00972945" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972945">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please attach additional learning objectives, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and assessment in a separate document.</w:t>
+              <w:t>Please attach additional learning objectives, activities and assessment in a separate document.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="4F9B2367" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="dotted" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="125E882F" w14:textId="5415F662" w:rsidR="003C6D28" w:rsidRPr="00AC2699" w:rsidRDefault="003C6D28" w:rsidP="00AC2699">
             <w:pPr>
               <w:keepNext/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AC2699">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Six Month Term Learning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="443E2D50" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2911" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DAA0654" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
-[...1 lines deleted...]
-              <w:t>LEARNING OUTCOMES</w:t>
+          <w:p w14:paraId="0DAA0654" w14:textId="323312E7" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>earning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4EC18B2C" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
-[...1 lines deleted...]
-              <w:t>ACTIVITIES</w:t>
+          <w:p w14:paraId="4EC18B2C" w14:textId="03F5F43F" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ctivities</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7204FBD6" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
-[...1 lines deleted...]
-              <w:t>ASSESSMENT</w:t>
+          <w:p w14:paraId="7204FBD6" w14:textId="37A81660" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ssessment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="653897CB" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2911" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="205D378C" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:bookmarkStart w:id="9" w:name="_Hlk68684656"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3328B566" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:r w:rsidRPr="008B56B7">
@@ -3794,173 +3832,190 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="3C14B84A" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="22D40D73" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="00972945" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972945">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please attach additional learning objectives, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and assessment in a separate document.</w:t>
+              <w:t>Please attach additional learning objectives, activities and assessment in a separate document.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="3EA02983" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="01EEBB9D" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="00E661ED" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E661ED">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>TS4 Learning Outcomes (if applying for TS4 accreditation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="2A1AE415" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2911" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="21655844" w14:textId="1EB1147D" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="00C51197" w:rsidP="00FF6781">
-[...1 lines deleted...]
-              <w:t>LEARNING OUTCOMES</w:t>
+          <w:p w14:paraId="21655844" w14:textId="6CAE262B" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>earning Outcomes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60E87E11" w14:textId="515CE318" w:rsidR="00C51197" w:rsidRPr="00C51197" w:rsidRDefault="00C51197" w:rsidP="00FF6781">
-[...12 lines deleted...]
-          <w:p w14:paraId="3AA22333" w14:textId="77777777" w:rsidR="00C51197" w:rsidRDefault="00C51197" w:rsidP="00FF6781">
+          <w:p w14:paraId="16DDD2EC" w14:textId="77777777" w:rsidR="005C1AAC" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:i/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ctivities</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B56B7">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="47F7F2BB" w14:textId="6D7B9F7B" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
+          <w:p w14:paraId="47F7F2BB" w14:textId="7AF7FE25" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="005C1AAC">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+            </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(that are undertaken by the trainee to achieve the learning objectives)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A16DBC" w14:textId="56EAFFB6" w:rsidR="00C51197" w:rsidRDefault="00C51197" w:rsidP="00FF6781">
+          <w:p w14:paraId="623D81A5" w14:textId="77777777" w:rsidR="005C1AAC" w:rsidRDefault="005C1AAC" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
-                <w:iCs/>
+                <w:i/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00FF6781">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:iCs/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
-              <w:t>ASSESSMENT</w:t>
+              <w:t>ssessment</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008B56B7">
+              <w:rPr>
+                <w:i/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E573DD1" w14:textId="77777777" w:rsidR="00C51197" w:rsidRPr="00C51197" w:rsidRDefault="00C51197" w:rsidP="00FF6781">
+          <w:p w14:paraId="0E27DB76" w14:textId="6961A681" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="005C1AAC">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:spacing w:before="120"/>
             </w:pPr>
-          </w:p>
-          <w:p w14:paraId="0E27DB76" w14:textId="792D3C8E" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:i/>
               </w:rPr>
               <w:t>(that are undertaken to determine whether the learning objectives have been successfully met by the trainee)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="5938D73A" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2911" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="64ACC588" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3117" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="5322CC52" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781"/>
         </w:tc>
         <w:tc>
@@ -4051,72 +4106,57 @@
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="3C2B754C" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9145" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="26BD0311" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00FF6781">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0000FF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00972945">
               <w:rPr>
                 <w:color w:val="0070C0"/>
               </w:rPr>
-              <w:t xml:space="preserve">Please attach additional learning objectives, </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> and assessment in a separate document.</w:t>
+              <w:t>Please attach additional learning objectives, activities and assessment in a separate document.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A3FC171" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28"/>
-    <w:p w14:paraId="2AED0E47" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28"/>
     <w:p w14:paraId="634987CB" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="003C6D28">
         <w:t>Education</w:t>
       </w:r>
       <w:r w:rsidRPr="008B56B7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="008B56B7">
         <w:t xml:space="preserve">rogram </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9353" w:type="dxa"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -4171,51 +4211,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7F602DB9" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00972945">
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:noProof/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="781665F6" wp14:editId="0E5290AC">
                   <wp:extent cx="266700" cy="295275"/>
                   <wp:effectExtent l="0" t="0" r="0" b="9525"/>
                   <wp:docPr id="8" name="Picture 8" descr="Description: Description: Paper Clip"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 12" descr="Description: Description: Paper Clip"/>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16">
+                          <a:blip r:embed="rId19">
                             <a:extLst>
                               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                               </a:ext>
                             </a:extLst>
                           </a:blip>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr bwMode="auto">
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="266700" cy="295275"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
@@ -4251,50 +4291,51 @@
           <w:tcPr>
             <w:tcW w:w="3941" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1BE34ED7" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="00972945">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B56B7">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">The Education Programme  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1121F7BD" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="008B56B7" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
+        <w:lastRenderedPageBreak/>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="008B56B7">
         <w:t xml:space="preserve">dditional </w:t>
       </w:r>
       <w:r w:rsidRPr="003C6D28">
         <w:t>Comments</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9135" w:type="dxa"/>
         <w:tblInd w:w="567" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9135"/>
       </w:tblGrid>
       <w:tr w:rsidR="003C6D28" w:rsidRPr="008B56B7" w14:paraId="61251EE7" w14:textId="77777777" w:rsidTr="00972945">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9135" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
@@ -4309,114 +4350,113 @@
               <w:pStyle w:val="BodyText"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6094EED3" w14:textId="77777777" w:rsidR="003C6D28" w:rsidRPr="00A01EF0" w:rsidRDefault="003C6D28" w:rsidP="003C6D28">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="207"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003C6D28" w:rsidRPr="00A01EF0" w:rsidSect="001D039B">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11904" w:h="16834" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1025" w:left="1134" w:header="1154" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7DB921D1" w14:textId="77777777" w:rsidR="001D039B" w:rsidRDefault="001D039B" w:rsidP="004548FF">
+    <w:p w14:paraId="4CBDFB89" w14:textId="77777777" w:rsidR="000865A4" w:rsidRDefault="000865A4" w:rsidP="004548FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0E3277A4" w14:textId="77777777" w:rsidR="001D039B" w:rsidRDefault="001D039B" w:rsidP="004548FF">
+    <w:p w14:paraId="31071AA9" w14:textId="77777777" w:rsidR="000865A4" w:rsidRDefault="000865A4" w:rsidP="004548FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
-    <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fira Sans Light">
     <w:altName w:val="Fira Sans Light"/>
     <w:panose1 w:val="020B0403050000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002FF" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Fira Sans Medium">
     <w:altName w:val="Fira Sans Medium"/>
     <w:panose1 w:val="020B0603050000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002FF" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -4457,69 +4497,86 @@
     <w:altName w:val="Fira Sans"/>
     <w:panose1 w:val="020B0503050000020004"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="600002FF" w:usb1="00000001" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cordia New">
     <w:panose1 w:val="020B0304020202020204"/>
     <w:charset w:val="DE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="81000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00010001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="2106FA58" w14:textId="09A880E4" w:rsidR="005A4228" w:rsidRDefault="006D0CEF" w:rsidP="000153C7">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AF8CA24" w14:textId="77777777" w:rsidR="006C5C24" w:rsidRDefault="006C5C24">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2106FA58" w14:textId="1274815B" w:rsidR="005A4228" w:rsidRDefault="006D0CEF" w:rsidP="000153C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="567"/>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>AC173 – SSP Application v3-03</w:t>
+      <w:t>AC173 – SSP Application v3-0</w:t>
+    </w:r>
+    <w:r w:rsidR="005C1AAC">
+      <w:rPr>
+        <w:sz w:val="14"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="02D3653A" w14:textId="2065687F" w:rsidR="000871A6" w:rsidRPr="000871A6" w:rsidRDefault="000871A6" w:rsidP="000153C7">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
       <w:ind w:left="567"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="14"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="000871A6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="004F742B" w:rsidRPr="004F742B">
       <w:rPr>
         <w:sz w:val="14"/>
@@ -4598,52 +4655,52 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="004F742B" w:rsidRPr="004F742B">
       <w:rPr>
         <w:bCs/>
         <w:noProof/>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="004F742B" w:rsidRPr="004F742B">
       <w:rPr>
         <w:bCs/>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="089C592E" w14:textId="77777777" w:rsidR="003050D1" w:rsidRPr="000871A6" w:rsidRDefault="003050D1" w:rsidP="00311620">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="567"/>
         <w:tab w:val="clear" w:pos="9072"/>
         <w:tab w:val="right" w:pos="9356"/>
       </w:tabs>
       <w:ind w:right="-332"/>
       <w:rPr>
         <w:i/>
         <w:sz w:val="14"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk2006314"/>
     <w:bookmarkStart w:id="1" w:name="_Hlk2006315"/>
     <w:r w:rsidRPr="000871A6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="000871A6" w:rsidRPr="000871A6">
       <w:rPr>
@@ -4651,110 +4708,120 @@
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidR="000871A6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidR="000871A6" w:rsidRPr="000871A6">
       <w:rPr>
         <w:sz w:val="14"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> of 2</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkEnd w:id="1"/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6DFEE1F6" w14:textId="77777777" w:rsidR="001D039B" w:rsidRDefault="001D039B" w:rsidP="004548FF">
+    <w:p w14:paraId="06EA45FD" w14:textId="77777777" w:rsidR="000865A4" w:rsidRDefault="000865A4" w:rsidP="004548FF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4C0A3C32" w14:textId="77777777" w:rsidR="001D039B" w:rsidRDefault="001D039B" w:rsidP="004548FF">
+    <w:p w14:paraId="5DADDDA3" w14:textId="77777777" w:rsidR="000865A4" w:rsidRDefault="000865A4" w:rsidP="004548FF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7554BC09" w14:textId="77777777" w:rsidR="000D2851" w:rsidRDefault="00000000">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7554BC09" w14:textId="77777777" w:rsidR="000D2851" w:rsidRDefault="000865A4">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="5A6B63C7">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
         <v:shape id="WordPictureWatermark24422969" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:595.2pt;height:841.9pt;z-index:-251657728;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="Agenda MASTER"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3CAEBB05" w14:textId="77777777" w:rsidR="006C5C24" w:rsidRDefault="006C5C24">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="40FD280C" w14:textId="4E6BED53" w:rsidR="000726F9" w:rsidRDefault="00311620" w:rsidP="00311620">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         <w:sz w:val="40"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002564AC">
       <w:rPr>
         <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         <w:noProof/>
         <w:sz w:val="40"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64DFBD35" wp14:editId="766A7404">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>-163902</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="7576583" cy="10717200"/>
@@ -4791,110 +4858,132 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00FC7F48">
       <w:rPr>
         <w:rFonts w:ascii="Fira Sans" w:hAnsi="Fira Sans"/>
         <w:noProof/>
         <w:sz w:val="40"/>
       </w:rPr>
       <w:t xml:space="preserve"> Accreditation</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4AF61F35" w14:textId="151F974C" w:rsidR="00311620" w:rsidRDefault="00FC7F48" w:rsidP="00311620">
+  <w:p w14:paraId="4AF61F35" w14:textId="7931F4BF" w:rsidR="00311620" w:rsidRDefault="00FC7F48" w:rsidP="00311620">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Form no: </w:t>
     </w:r>
-    <w:proofErr w:type="gramStart"/>
+    <w:r w:rsidR="006C5C24">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>F</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>AC173</w:t>
+      <w:t>173</w:t>
     </w:r>
-    <w:proofErr w:type="gramEnd"/>
   </w:p>
-  <w:p w14:paraId="77FBFD65" w14:textId="13A56F40" w:rsidR="00FC7F48" w:rsidRPr="002564AC" w:rsidRDefault="00E163E4" w:rsidP="00311620">
+  <w:p w14:paraId="77FBFD65" w14:textId="066BEB6D" w:rsidR="00FC7F48" w:rsidRPr="002564AC" w:rsidRDefault="001326AF" w:rsidP="00311620">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>Dec 2023</w:t>
+      <w:t>March</w:t>
+    </w:r>
+    <w:r w:rsidR="00E163E4">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
     <w:r w:rsidR="00FC7F48">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00E163E4">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>v</w:t>
     </w:r>
     <w:r w:rsidR="00FC7F48">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
+    <w:r w:rsidR="00E163E4">
+      <w:rPr>
+        <w:sz w:val="24"/>
+      </w:rPr>
+      <w:t>-0</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
-      <w:t>-03</w:t>
+      <w:t>4</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5F18180F" w14:textId="77777777" w:rsidR="004C5AA5" w:rsidRPr="003878C6" w:rsidRDefault="0049035E" w:rsidP="004C5AA5">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6CF1AE84" wp14:editId="0EC101E8">
           <wp:simplePos x="914400" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:align>top</wp:align>
           </wp:positionV>
           <wp:extent cx="7534800" cy="10658096"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1455258751" name="Picture 1455258751"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -4922,51 +5011,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4AE8334E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="ListNumber5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7D"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EAD23FDC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -7640,313 +7729,334 @@
   <w:num w:numId="32" w16cid:durableId="1453937559">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1751806353">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="321272222">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="325716195">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="2080711671">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="862088292">
     <w:abstractNumId w:val="32"/>
   </w:num>
   <w:num w:numId="38" w16cid:durableId="1089932792">
     <w:abstractNumId w:val="23"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1424" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:drawingGridVerticalSpacing w:val="136"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000D2851"/>
     <w:rsid w:val="00001FA9"/>
     <w:rsid w:val="000153C7"/>
     <w:rsid w:val="00016C0E"/>
     <w:rsid w:val="00036CFB"/>
     <w:rsid w:val="00045033"/>
     <w:rsid w:val="00055E36"/>
     <w:rsid w:val="000726F9"/>
+    <w:rsid w:val="000865A4"/>
     <w:rsid w:val="00087125"/>
     <w:rsid w:val="000871A6"/>
     <w:rsid w:val="000A23EF"/>
     <w:rsid w:val="000A76A5"/>
     <w:rsid w:val="000C403F"/>
     <w:rsid w:val="000D2851"/>
     <w:rsid w:val="000E65D3"/>
     <w:rsid w:val="000F0F7A"/>
     <w:rsid w:val="00115138"/>
     <w:rsid w:val="00131B45"/>
+    <w:rsid w:val="001326AF"/>
     <w:rsid w:val="0013457C"/>
     <w:rsid w:val="00144FDF"/>
     <w:rsid w:val="00157CE2"/>
     <w:rsid w:val="001A5B64"/>
     <w:rsid w:val="001B4F99"/>
     <w:rsid w:val="001C43F6"/>
     <w:rsid w:val="001D039B"/>
     <w:rsid w:val="00206C65"/>
     <w:rsid w:val="00210B66"/>
     <w:rsid w:val="00216306"/>
     <w:rsid w:val="00216DA7"/>
     <w:rsid w:val="00223F01"/>
     <w:rsid w:val="0023102D"/>
     <w:rsid w:val="002432EF"/>
     <w:rsid w:val="00245B94"/>
     <w:rsid w:val="00255D56"/>
     <w:rsid w:val="002734C7"/>
     <w:rsid w:val="00285104"/>
+    <w:rsid w:val="00286DDB"/>
     <w:rsid w:val="002C4382"/>
     <w:rsid w:val="002E0591"/>
     <w:rsid w:val="003050D1"/>
     <w:rsid w:val="00311620"/>
     <w:rsid w:val="00313839"/>
     <w:rsid w:val="0035496C"/>
     <w:rsid w:val="003608F4"/>
     <w:rsid w:val="00372578"/>
     <w:rsid w:val="0038179E"/>
     <w:rsid w:val="00390659"/>
     <w:rsid w:val="003C2E7A"/>
     <w:rsid w:val="003C6D28"/>
     <w:rsid w:val="003D7706"/>
     <w:rsid w:val="003E0E50"/>
     <w:rsid w:val="0041680A"/>
     <w:rsid w:val="004548FF"/>
     <w:rsid w:val="00455CFA"/>
     <w:rsid w:val="004729EF"/>
     <w:rsid w:val="0049035E"/>
     <w:rsid w:val="004B6A3C"/>
     <w:rsid w:val="004C436F"/>
     <w:rsid w:val="004C5AA5"/>
     <w:rsid w:val="004E424B"/>
     <w:rsid w:val="004F0EFB"/>
     <w:rsid w:val="004F2D4D"/>
     <w:rsid w:val="004F742B"/>
     <w:rsid w:val="00500529"/>
     <w:rsid w:val="00502E9C"/>
     <w:rsid w:val="0050733F"/>
     <w:rsid w:val="00515C4E"/>
     <w:rsid w:val="0053002B"/>
     <w:rsid w:val="00554AFC"/>
     <w:rsid w:val="0056442E"/>
     <w:rsid w:val="005751FF"/>
     <w:rsid w:val="005A4228"/>
     <w:rsid w:val="005B291F"/>
+    <w:rsid w:val="005C1AAC"/>
     <w:rsid w:val="005C20FB"/>
     <w:rsid w:val="0062388F"/>
     <w:rsid w:val="0062557E"/>
     <w:rsid w:val="0062607E"/>
     <w:rsid w:val="00661702"/>
     <w:rsid w:val="00672DD7"/>
     <w:rsid w:val="00695728"/>
     <w:rsid w:val="006A62DE"/>
+    <w:rsid w:val="006C5C24"/>
     <w:rsid w:val="006C7F5E"/>
     <w:rsid w:val="006D0812"/>
     <w:rsid w:val="006D0CEF"/>
     <w:rsid w:val="006F0399"/>
     <w:rsid w:val="0070748D"/>
     <w:rsid w:val="00712C2F"/>
     <w:rsid w:val="00717714"/>
     <w:rsid w:val="00731403"/>
     <w:rsid w:val="00740EEE"/>
+    <w:rsid w:val="007413B7"/>
     <w:rsid w:val="00743E71"/>
+    <w:rsid w:val="007A427E"/>
     <w:rsid w:val="007C51B9"/>
     <w:rsid w:val="007C6823"/>
     <w:rsid w:val="007C6CD0"/>
     <w:rsid w:val="007E146B"/>
     <w:rsid w:val="00803184"/>
     <w:rsid w:val="008103D4"/>
     <w:rsid w:val="00812164"/>
     <w:rsid w:val="0082351F"/>
     <w:rsid w:val="0082482E"/>
     <w:rsid w:val="00830FC6"/>
     <w:rsid w:val="00832078"/>
     <w:rsid w:val="0083395B"/>
     <w:rsid w:val="008542E8"/>
     <w:rsid w:val="008645A6"/>
     <w:rsid w:val="00864A18"/>
     <w:rsid w:val="008A6AF6"/>
+    <w:rsid w:val="008A78B8"/>
     <w:rsid w:val="008D2281"/>
     <w:rsid w:val="008D6A9C"/>
     <w:rsid w:val="008F3A3C"/>
     <w:rsid w:val="00914165"/>
     <w:rsid w:val="0092114A"/>
     <w:rsid w:val="0092116D"/>
     <w:rsid w:val="00926343"/>
     <w:rsid w:val="0093329D"/>
     <w:rsid w:val="009342AC"/>
     <w:rsid w:val="009378AC"/>
     <w:rsid w:val="00940B73"/>
     <w:rsid w:val="00947645"/>
     <w:rsid w:val="009513A8"/>
     <w:rsid w:val="00954263"/>
+    <w:rsid w:val="009675BA"/>
     <w:rsid w:val="00972945"/>
     <w:rsid w:val="00975354"/>
+    <w:rsid w:val="009800C4"/>
+    <w:rsid w:val="00983884"/>
+    <w:rsid w:val="009C23FE"/>
     <w:rsid w:val="009F7E87"/>
     <w:rsid w:val="00A01EF0"/>
     <w:rsid w:val="00A13B3A"/>
+    <w:rsid w:val="00A2090C"/>
     <w:rsid w:val="00A3532A"/>
     <w:rsid w:val="00A4016E"/>
     <w:rsid w:val="00A441A3"/>
     <w:rsid w:val="00A470DC"/>
     <w:rsid w:val="00A64D05"/>
     <w:rsid w:val="00A70F4B"/>
     <w:rsid w:val="00A8301F"/>
     <w:rsid w:val="00A874C0"/>
     <w:rsid w:val="00AB25E9"/>
     <w:rsid w:val="00AC2699"/>
+    <w:rsid w:val="00AC66C0"/>
+    <w:rsid w:val="00AD6ABC"/>
     <w:rsid w:val="00AF5853"/>
+    <w:rsid w:val="00B029A6"/>
     <w:rsid w:val="00B32C83"/>
     <w:rsid w:val="00B819E0"/>
     <w:rsid w:val="00B86BEC"/>
     <w:rsid w:val="00B87F5A"/>
     <w:rsid w:val="00B92BF1"/>
     <w:rsid w:val="00B93DEC"/>
     <w:rsid w:val="00BB49CE"/>
     <w:rsid w:val="00BC05F0"/>
+    <w:rsid w:val="00BD7B3D"/>
     <w:rsid w:val="00BE2943"/>
     <w:rsid w:val="00C110A7"/>
     <w:rsid w:val="00C13F50"/>
     <w:rsid w:val="00C21BA4"/>
     <w:rsid w:val="00C30E16"/>
     <w:rsid w:val="00C329E2"/>
     <w:rsid w:val="00C42C1D"/>
     <w:rsid w:val="00C445CD"/>
     <w:rsid w:val="00C51197"/>
     <w:rsid w:val="00C545F8"/>
     <w:rsid w:val="00C755A0"/>
     <w:rsid w:val="00C9222E"/>
     <w:rsid w:val="00CD40E7"/>
     <w:rsid w:val="00CD7357"/>
     <w:rsid w:val="00CE43A0"/>
     <w:rsid w:val="00CF2E83"/>
     <w:rsid w:val="00CF3718"/>
     <w:rsid w:val="00D275E9"/>
+    <w:rsid w:val="00D36387"/>
     <w:rsid w:val="00D44462"/>
     <w:rsid w:val="00D868C7"/>
     <w:rsid w:val="00D928C8"/>
     <w:rsid w:val="00D94CF3"/>
     <w:rsid w:val="00DA55C8"/>
+    <w:rsid w:val="00DB7E89"/>
     <w:rsid w:val="00DC5E7B"/>
     <w:rsid w:val="00DC690A"/>
     <w:rsid w:val="00DF402F"/>
     <w:rsid w:val="00DF49CE"/>
     <w:rsid w:val="00E163E4"/>
+    <w:rsid w:val="00E278A2"/>
     <w:rsid w:val="00E43408"/>
+    <w:rsid w:val="00E6206E"/>
     <w:rsid w:val="00E661ED"/>
     <w:rsid w:val="00E70A58"/>
     <w:rsid w:val="00E7471D"/>
     <w:rsid w:val="00EA7304"/>
     <w:rsid w:val="00ED0361"/>
     <w:rsid w:val="00EE24D8"/>
     <w:rsid w:val="00F0671C"/>
     <w:rsid w:val="00F3227B"/>
     <w:rsid w:val="00F36266"/>
     <w:rsid w:val="00F43470"/>
     <w:rsid w:val="00F46358"/>
     <w:rsid w:val="00F47DB6"/>
     <w:rsid w:val="00F57F32"/>
     <w:rsid w:val="00F61E90"/>
     <w:rsid w:val="00F73943"/>
     <w:rsid w:val="00F77D3D"/>
+    <w:rsid w:val="00F86454"/>
     <w:rsid w:val="00FA3B0A"/>
     <w:rsid w:val="00FC7F48"/>
     <w:rsid w:val="00FE3A6B"/>
     <w:rsid w:val="00FF6781"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="ko-KR" w:bidi="th-TH"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="589B30AF"/>
   <w15:docId w15:val="{DC457846-0EEF-4BBF-B530-7CBF5A00DBA0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="MS Mincho" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -9388,55 +9498,67 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="57" w:type="dxa"/>
         <w:bottom w:w="57" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E163E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Fira Sans Light" w:eastAsia="Times New Roman" w:hAnsi="Fira Sans Light"/>
       <w:lang w:val="en-AU" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AD6ABC"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="114099198">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1057318128">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9452,58 +9574,58 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2102026037">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accreditation@acem.org.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accreditation@acem.org.au" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acem.org.au/Hospitals-Training-Sites/About-Training-Site-Accreditation/Guidelines-Forms.aspx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.acem.org.au/ITA2/NonED.html" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accreditation@acem.org.au" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accreditation@acem.org.au" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.acem.org.au/Hospitals-Training-Sites/About-Training-Site-Accreditation/Guidelines-Forms.aspx" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:accreditation@acem.org.au" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cdn.acem.org.au/ITA2/NonED.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\acemtemplates\Agenda_Minutes%20template.dotm" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="ACEM Custom 1">
       <a:dk1>
         <a:srgbClr val="FFFFFF"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="990031"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="566C11"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF3300"/>
@@ -9791,84 +9913,87 @@
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <proofread xmlns="a5905673-0d74-4b8a-a58d-53cc87f6e43a">true</proofread>
     <Filepath xmlns="a5905673-0d74-4b8a-a58d-53cc87f6e43a">
       <Url xsi:nil="true"/>
       <Description xsi:nil="true"/>
     </Filepath>
     <TaxCatchAll xmlns="22e1866e-d1b2-420f-aa80-9e400606c3d6" xsi:nil="true"/>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="a5905673-0d74-4b8a-a58d-53cc87f6e43a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
+    <Readyforreview xmlns="a5905673-0d74-4b8a-a58d-53cc87f6e43a" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010099F7C794D935FF4F9651376B286DD1ED" ma:contentTypeVersion="20" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="cdc26a9f55d4894dcc03b6f8e20c161b">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a5905673-0d74-4b8a-a58d-53cc87f6e43a" xmlns:ns3="22e1866e-d1b2-420f-aa80-9e400606c3d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="da86f9dec8ae2510a169b8341f57caaf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010099F7C794D935FF4F9651376B286DD1ED" ma:contentTypeVersion="22" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="08a1cf41aaad012e4eb36e131b164f7a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a5905673-0d74-4b8a-a58d-53cc87f6e43a" xmlns:ns3="22e1866e-d1b2-420f-aa80-9e400606c3d6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="447e017e4c41205f1823d2fd8bcad3d8" ns2:_="" ns3:_="">
     <xsd:import namespace="a5905673-0d74-4b8a-a58d-53cc87f6e43a"/>
     <xsd:import namespace="22e1866e-d1b2-420f-aa80-9e400606c3d6"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:proofread" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:Filepath" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:Readyforreview" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="a5905673-0d74-4b8a-a58d-53cc87f6e43a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
@@ -9926,50 +10051,63 @@
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="Filepath" ma:index="25" nillable="true" ma:displayName="Filepath" ma:format="Hyperlink" ma:internalName="Filepath">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="26" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceSearchProperties" ma:index="27" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Readyforreview" ma:index="29" nillable="true" ma:displayName="Ready for review" ma:format="Dropdown" ma:internalName="Readyforreview">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Yes"/>
+          <xsd:enumeration value="No"/>
+        </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="22e1866e-d1b2-420f-aa80-9e400606c3d6" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="13" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
@@ -10097,98 +10235,98 @@
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56E66467-7E93-E841-ACEA-4C4750A4261B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1AC57BE5-99B8-4F86-BB7A-D5EF73F73F3A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="a5905673-0d74-4b8a-a58d-53cc87f6e43a"/>
     <ds:schemaRef ds:uri="22e1866e-d1b2-420f-aa80-9e400606c3d6"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38A0D869-6FC0-4CAB-9E4D-DE68ACB0D608}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{262B6D83-6CB1-42DE-8AD5-B0210E1CA904}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a5905673-0d74-4b8a-a58d-53cc87f6e43a"/>
     <ds:schemaRef ds:uri="22e1866e-d1b2-420f-aa80-9e400606c3d6"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Agenda_Minutes template</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4836</Characters>
+  <Pages>5</Pages>
+  <Words>1230</Words>
+  <Characters>5564</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>284</Lines>
-  <Paragraphs>99</Paragraphs>
+  <Lines>115</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5763</CharactersWithSpaces>
+  <CharactersWithSpaces>6729</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Christopher.Wiseman</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x01010099F7C794D935FF4F9651376B286DD1ED</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>